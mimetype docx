--- v0 (2026-01-15)
+++ v1 (2026-03-01)
@@ -175,51 +175,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. HAMUR SB 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -316,50 +316,128 @@
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mizanpajcı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enes Berkay Bayram</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak Grafikeri: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enes Berkay Bayram</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9000" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+            <w:gridSpan w:val="2"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
+            </w:r>
+          </w:p>
+          <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">BENİM DAVAM</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Metin Dağdaş</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ötüken dağlarından cenk ede ede gelmişim</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Geçdiğim bozkırları alın terimle yeşertmişim</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">İhanet kalleşlik bilmez benim geçmişim</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kahpelere baş kaldırdım şerefimiz adına</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Elbette türküm beni de Rabb'im yarattı</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Irkçılık yapmadım iman tacını taktım takalı</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dedem Türk ebem Kürt anam Çerkez güzeli</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Irkçılığa başkaldırdım Ümmet-i Muhammed adına</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>