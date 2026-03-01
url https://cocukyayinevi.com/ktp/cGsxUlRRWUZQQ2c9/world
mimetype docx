--- v0 (2026-01-15)
+++ v1 (2026-03-01)
@@ -161,51 +161,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. HAMUR CMYK 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -340,50 +340,82 @@
               <w:t xml:space="preserve">Merve Ökten</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">BODOSLAMA KÖYÜ</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SİZ DE BODOSLAMA'YA DAVETLİSİNİZ!</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Beş arkadaşım ve iki robotum ile yaşadığım bu hikayeye sizi de davet ediyorum.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ben GÜNEŞ. O gün okulun son günüydü... Köyümüzde ne mi oluyor?</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Say say bitmez ki...</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hadi sizde köyümüze bodoslanın...</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>