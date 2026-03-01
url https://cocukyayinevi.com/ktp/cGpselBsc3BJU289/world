--- v0 (2026-01-15)
+++ v1 (2026-03-01)
@@ -147,65 +147,65 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eser Tipi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Orjinal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KUŞE CMYK 80</w:t>
+              <w:t xml:space="preserve">KUŞE CMYK 90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTROL SIVAMA 230</w:t>
+              <w:t xml:space="preserve">BRISTOL SIVAMA 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>