--- v0 (2026-01-15)
+++ v1 (2026-03-01)
@@ -161,51 +161,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. HAMUR CMYK 70</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -332,51 +332,51 @@
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading3"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inşaat Mühendisleri Için Sözleşme Yönetimi, Proje Yönetimi, Inşaat Sigortası, Master Plan Raporu - Selim Rıdvan Güngör</w:t>
+              <w:t xml:space="preserve">İnşaat Mühendisleri Için Sözleşme Yönetimi, Proje Yönetimi, Inşaat Sigortası, Master Plan Raporu - Selim Rıdvan Güngör</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selim Rıdvan Güngör , 1964 yılında Bartında doğdu. Yıldız teknik üniversitesi – Mühendislik Fakültesini , inşaat mühendisliği bölümü ulaştırma ana bilim dalından mezun  oldu1987 yılında kınalı-sakaraya otoyolu ve ikinci boğaz köprüsü inşaatı projesinde saha mühendisi olarak kariyerine başladı ardından afrika avrupa ve asya çeşitli ülkelerde farklı projerle yönetim yönetim kademelerinde görev aldı Finans ve sözleşme yönetimi  projerrlinin tasarımı ve yürütülmesi konularında deneyimlere sahip olan selim güngör ülke geneli ve dünya bankası yönetmelerindf dayalı iş geliştirme ve ihale dökümasyonunda uzmandır.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>