--- v0 (2026-01-15)
+++ v1 (2026-03-01)
@@ -175,51 +175,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. HAMUR SB 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -344,51 +344,142 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Dedakive be rüzgâr, dedakive! Ve Dedakive! Bu kelime hem fiil hem isim, Ufuktan yaklaşan bilinmez his’im… Dedakive (fiil): Hayal ettiğin insanı gerçek hayatta bulmak olayı. -Aslında dedakive en kolayı… Dedakive (isim): (1) Hayal edilen, hayalleri süsleyen kimse ve o her kimse bulsun kimsesini çabuk! (2) Hayal edilenle yaşanılan hayat serüveni. -İşte bu serüven mutluluktan deli eder seni beni. (3) Hayal edilene değip hayal edene gelen o rüzgâr, O aşk rüzgârı, O cennet rüzgârı.</w:t>
+              <w:t xml:space="preserve">Dedakive be rüzgâr, dedakive!</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ve Dedakive!</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bu kelime hem fiil hem isim,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ufuktan yaklaşan bilinmez his’im…</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dedakive (fiil):</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hayal ettiğin insanı gerçek hayatta bulmak olayı.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-Aslında dedakive en kolayı…</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dedakive (isim):</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">(1) Hayal edilen, hayalleri süsleyen kimse ve o her kimse bulsun kimsesini çabuk!</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">(2) Hayal edilenle yaşanılan hayat serüveni.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">-İşte bu serüven mutluluktan deli eder seni beni.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">(3) Hayal edilene değip hayal edene gelen o rüzgâr,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">O aşk rüzgârı,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">O cennet rüzgârı.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>