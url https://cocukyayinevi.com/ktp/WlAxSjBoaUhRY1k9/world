--- v0 (2026-01-15)
+++ v1 (2026-03-01)
@@ -175,51 +175,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. HAMUR SB 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -344,51 +344,107 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Hayatın boyunca hayrı seç Yüce Âlâ`danSeni hiçbir şeyden mahrum koymaz YaradanKaderde varsa bir hikmet, biliriz Mevla`danBütün belalarda saklıdır hikmet Rabuu-Âlâ`dan.Keşke kalsa bütün perdeler Hikmet-i Hüda`danİşte o zaman uyanırız gerçek rüyadanHeyhat olup gide bütün ömür pişmanlıklardanRabb`im mahrum etmesin hakikat İslam`ından.</w:t>
+              <w:t xml:space="preserve">Hayatın boyunca hayrı seç Yüce Âlâ'dan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Seni hiçbir şeyden mahrum koymaz Yaradan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kaderde varsa bir hikmet, biliriz Mevla'dan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bütün belalarda saklıdır hikmet Rabuu-Âlâ'dan.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Keşke kalsa bütün perdeler Hikmet-i Hüda'dan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">İşte o zaman uyanırız gerçek rüyadan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Heyhat olup gide bütün ömür pişmanlıklardan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rabb'im mahrum etmesin hakikat İslam'ından.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>