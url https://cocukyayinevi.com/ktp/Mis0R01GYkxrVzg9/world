--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -160,51 +160,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. HAMUR SB 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -301,50 +301,110 @@
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mizanpajcı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enes Berkay Bayram</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak Grafikeri: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enes Berkay Bayram</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9000" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+            <w:gridSpan w:val="2"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
+            </w:r>
+          </w:p>
+          <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">İzciliğin İzinde</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Şerife Ersoy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">İzcilik bana göre bir yaşam tarzıdır, bu kitapta bu yaşam tarzı hakkında detaylı bilgiye sahip olabilirsiniz. Kitap bilimsel bir çalışmanın ürünüdür. Kitaptaki tüm izcilik faaliyetleri yapılmış, sonuçları gözlemlenmiş ve değerlendirilmiştir. İzcilik değerler eğitiminin toplamıdır. İzciliğin değerlere olan bu etkisini daha ayrıntılı incelemek için “İzciliğin Sosyal Bilgiler Dersinde Değerlerin Öğretimine Etkisi” adlı yüksek lisans tezimi okuyabilirsiniz.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mustafa Kemal Atatürk’ün gösterdiği HEDEFLERE ulaşmak için bu kitabın rehberimiz olması dileğiyle…</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PAROLAMIZ: İZCİ DAİMA HAZIRDIR</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SLOGANIMIZ: HER GÜN BİR İYİLİK</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>