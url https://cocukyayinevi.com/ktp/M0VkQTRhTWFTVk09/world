--- v0 (2026-01-15)
+++ v1 (2026-03-01)
@@ -161,51 +161,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. HAMUR CMYK 80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -330,139 +330,68 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">	</w:t>
-[...87 lines deleted...]
-              <w:t xml:space="preserve">ISBN-13 ‏ : ‎ 978-6258039863</w:t>
+              <w:t xml:space="preserve">İPUCU PEŞİNDE</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ayşe Erdoğan</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Merhaba ben Emir arkadaşlarım Esra ve Aykut. Tam üç kafadarız. Maceralar mı bizi bulur, biz mi maceraları bilinmez ama bilinen tek şey sürekli maceraların içindeyiz. Bu maceralardan kurtulmak sanıldığı gibi kolay değil. İpuçları var ancak ipuçlarını bulabilirsek bu maceralardan kurtulabiliriz.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sizler de ipuçlarını çözmeye bize yardımcı olmaya var mısınız? O zaman sayfaları çevirin maceralardan hep birlikte çıkalım. İyi okumalar...</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -569,203 +498,51 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...151 lines deleted...]
-</w:numbering>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>